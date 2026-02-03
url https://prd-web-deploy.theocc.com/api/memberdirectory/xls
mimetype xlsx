--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d3efc9054b48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46a5f4ff5e684c54b1948fe4468518a5.psmdcp" Id="R3be87ec972f5448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e87547ad084d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f47a0d799a60439882d9aa7222341ea3.psmdcp" Id="Rea54eb62e5454a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Member Directory" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="426">
   <x:si>
     <x:t>FirmNumber</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
@@ -4426,50 +4426,53 @@
         <x:v>11</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
+      <x:c r="H146" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>351</x:v>
       </x:c>